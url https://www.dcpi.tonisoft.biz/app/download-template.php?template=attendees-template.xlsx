--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -2,124 +2,130 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\projects\dcpi\resources\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\websites\dcpi\resources\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9270"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="9276"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5" uniqueCount="5">
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Surname</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
-    <t>Country</t>
-[...2 lines deleted...]
-    <t>State</t>
+    <t>Church/Organization</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -367,79 +373,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J19" sqref="J19"/>
+      <selection activeCell="C2" sqref="C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="10" max="10" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="18.77734375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="23.33203125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A1" t="s">
+    <row r="1" spans="1:10" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C1" t="s">
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="D1" t="s">
-[...2 lines deleted...]
-      <c r="E1" t="s">
+      <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="F1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="2" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:10" x14ac:dyDescent="0.3">
       <c r="J2">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>